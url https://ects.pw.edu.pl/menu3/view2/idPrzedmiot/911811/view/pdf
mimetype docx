--- v0 (2026-01-11)
+++ v1 (2026-02-27)
@@ -764,401 +764,401 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową i podbudowaną teoretycznie wiedzę z mechaniki i dynamiki płynów w zakresie przepływów powietrza i dymu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie projektowe, kolokwium pisemne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy, modernizacji i eksploatacji instalacji wentylacji pożarowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie projektowe, kolokwium pisemne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu możliwości korzystania z pakietów oprogramowania przy doborze i eksploatacji oraz sprawdzaniu funkcjonowania systemów wentylacji pożarowej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykłady i egzamin </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie aktualne kierunki rozwoju i modernizacji w zakresie systemów wentylacji pożarowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna właściwości fizyczne, mechaniczne i eksploatacyjne materiałów stosowanych w systemach wentylacji pożarowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>