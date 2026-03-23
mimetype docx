--- v1 (2026-02-27)
+++ v2 (2026-03-23)
@@ -974,51 +974,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie aktualne kierunki rozwoju i modernizacji w zakresie systemów wentylacji pożarowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1114,51 +1114,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1404,51 +1404,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie i w zespole projektować, realizować i eksploatować oraz oceniać elementy systemu wentylacji pożarowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>