--- v0 (2025-10-10)
+++ v1 (2026-01-12)
@@ -843,141 +843,211 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę z mechaniki i dynamiki płynów w zakresie przepływów w instalacjach chłodniczych (instalacje wody lodowej).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt instalacji wody lodowej, zaliczenie pisemne wykładów, kolokwium z ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę z mechaniki i dynamiki płynów w zakresie przepływów w instalacjach chłodniczych (instalacje wody lodowej).</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat budowy, działania i eksploatacji agregatów wody lodowej i pomp ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projekt instalacji wody lodowej, zaliczenie pisemne wykładów, kolokwium z ćwiczeń</w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W10</w:t>
+        <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat budowy, działania i eksploatacji agregatów wody lodowej i pomp ciepła.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat budowy, działania, możliwości i ograniczeń układów kogeneracjnych i trigeneracyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -996,538 +1066,468 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat budowy, działania, możliwości i ograniczeń układów kogeneracjnych i trigeneracyjnych. </w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna kierunki rozwoju urządzeń i systemów chłodniczych zmierzające m.in. do zwiększania efektywności energetycznej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie pisemne wykładów </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać budowę, działanie oraz zalety i wady różnych elementów wchodzących w skład bezpośrednich i pośrednich systemów chłodniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08</w:t>
+        <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednie elementy składowe systemów chłodniczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej </w:t>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń, projekt instalacji wody lodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
+        <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat zasad projektowania i wymagań prawnych dotyczących elementów składowych instalacji chłodniczych. </w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować instalację wody lodowej wraz doborem najważniejszych urządzeń oraz dobrać i zaprojektować system bezpośredniego chłodzenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, projekt instalacji wody lodowej</w:t>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń, projekt instalacji wody lodowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W10</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia hydrauliczne sieci przewodów w instalacji wody lodowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>