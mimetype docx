--- v1 (2026-01-12)
+++ v2 (2026-03-24)
@@ -843,191 +843,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę z mechaniki i dynamiki płynów w zakresie przepływów w instalacjach chłodniczych (instalacje wody lodowej).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt instalacji wody lodowej, zaliczenie pisemne wykładów, kolokwium z ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat budowy, działania i eksploatacji agregatów wody lodowej i pomp ciepła.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat budowy, działania, możliwości i ograniczeń układów kogeneracjnych i trigeneracyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>