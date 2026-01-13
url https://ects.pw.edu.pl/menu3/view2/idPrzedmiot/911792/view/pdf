--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -764,67 +764,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie pracy projektowej dotyczącej oceny komfortu i dyskomfortu cieplnego w środowisku termicznie umiarkowanym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W16, IS_W09, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W15, IS_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -852,51 +852,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza wyników obliczeń przedstawionych w pracy projektowej dotyczącej komfortu i dyskomfortu cieplnego w środowisku termicznie umiarkowanym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U10, IS_U13, IS_U16, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U10, IS_U13, IS_U16, IS_U21, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>