--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -852,67 +852,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza wyników obliczeń przedstawionych w pracy projektowej dotyczącej komfortu i dyskomfortu cieplnego w środowisku termicznie umiarkowanym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U10, IS_U13, IS_U16, IS_U21, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U10, IS_U13, IS_U01, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, III.P7S_UW.o, I.P7S_UK, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>