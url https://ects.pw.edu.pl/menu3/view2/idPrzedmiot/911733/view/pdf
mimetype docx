--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -828,51 +828,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W06 , B2_W07 , B2_W09 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada wiedzę podstawową z zakresu różnych zastosowań biomateriałów w medycynie tj. implanty, systemy dostarczania leków, produkty inżynierii tkankowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>