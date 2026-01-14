--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -772,51 +772,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W08 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę w zakresie projektowania procesów uzdatniania wody i oczyszczania ścieków ze szczególnym uwzględnieniem uwarunkowań ekonomicznych i środowiskowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła bieżącej pracy na zajęciach projektowych i laboratoryjnych; Opracowanie w zespole wstępnej koncepcji technologicznej i zaprezentowanie jej na forum grupy ; Raport z wyników uzyskanych w laboratorium; Zespołowa prezentacja na forum grupy ostatecznie przyjętego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do oczyszczania ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, a następnie przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski i zaprezentować uzyskane rezultaty.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła bieżącej pracy na zajęciach projektowych i laboratoryjnych; Raport z wyników uzyskanych w laboratorium; Zespołowa prezentacja na forum grupy ostatecznie przyjętego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.2.o, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań technicznych w obszarze technologii oczyszczania ścieków, uwzględniając przy tym aspekty ekonomiczne i społeczne oraz zastosować podejście systemowe  w celu dobrania najkorzystniejszego rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła bieżącej pracy na zajęciach projektowych; Zespołowa prezentacja na forum grupy ostatecznie przyjętych rozwiązań; Udział w debacie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U10 , B2_U11 , B2_U01 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08</w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, I.P7S_UO, II.T.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować specyfikację projektową systemu przygotowania wody i oczyszczania ścieków zgodnie z zadaną specyfikacją zaprojektować taki system i porównać je z innymi rozwiązaniami, wskazując jego zalety i ograniczenia oraz możliwości jego ulepszenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1186,67 +1186,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła bieżącej pracy na zajęciach projektowych; Opracowanie w zespole wstępnej koncepcji technologicznej i zaprezentowanie jej na forum grupy ; Zespołowa prezentacja na forum grupy ostatecznie przyjętych rozwiązań; Udział w debacie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U08, B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, II.T.P7S_UW.2, I.P7S_UO, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UK, I.P7S_UO, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>