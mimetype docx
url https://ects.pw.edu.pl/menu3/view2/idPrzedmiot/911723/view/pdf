--- v1 (2026-01-14)
+++ v2 (2026-02-28)
@@ -772,51 +772,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W08 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę w zakresie projektowania procesów uzdatniania wody i oczyszczania ścieków ze szczególnym uwzględnieniem uwarunkowań ekonomicznych i środowiskowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -842,51 +842,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W08 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu ochrony prawa autorskiego oraz transferu i komercjalizacji wiedzy, a także zna konieczność rozważania społecznych skutków rozwoju biogospodarki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła bieżącej pracy na zajęciach projektowych i laboratoryjnych; Opracowanie w zespole wstępnej koncepcji technologicznej i zaprezentowanie jej na forum grupy ; Raport z wyników uzyskanych w laboratorium; Zespołowa prezentacja na forum grupy ostatecznie przyjętego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do oczyszczania ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, a następnie przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski i zaprezentować uzyskane rezultaty.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła bieżącej pracy na zajęciach projektowych i laboratoryjnych; Raport z wyników uzyskanych w laboratorium; Zespołowa prezentacja na forum grupy ostatecznie przyjętego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań technicznych w obszarze technologii oczyszczania ścieków, uwzględniając przy tym aspekty ekonomiczne i społeczne oraz zastosować podejście systemowe  w celu dobrania najkorzystniejszego rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła bieżącej pracy na zajęciach projektowych; Zespołowa prezentacja na forum grupy ostatecznie przyjętych rozwiązań; Udział w debacie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U01 , B2_U13 , B2_U14 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować specyfikację projektową systemu przygotowania wody i oczyszczania ścieków zgodnie z zadaną specyfikacją zaprojektować taki system i porównać je z innymi rozwiązaniami, wskazując jego zalety i ograniczenia oraz możliwości jego ulepszenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1186,67 +1186,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła bieżącej pracy na zajęciach projektowych; Opracowanie w zespole wstępnej koncepcji technologicznej i zaprezentowanie jej na forum grupy ; Zespołowa prezentacja na forum grupy ostatecznie przyjętych rozwiązań; Udział w debacie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U08, B2_U09 , B2_U10 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UK, I.P7S_UO, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>