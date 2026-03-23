--- v2 (2026-02-28)
+++ v3 (2026-03-23)
@@ -756,51 +756,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z wyników uzyskanych w laboratorium; Opracowanie w zespole wstępnej koncepcji technologicznej i zaprezentowanie jej na forum grupy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W08 </w:t>
+        <w:t xml:space="preserve">B2_W08 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -842,51 +842,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W08 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu ochrony prawa autorskiego oraz transferu i komercjalizacji wiedzy, a także zna konieczność rozważania społecznych skutków rozwoju biogospodarki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -992,51 +992,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do oczyszczania ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, a następnie przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski i zaprezentować uzyskane rezultaty.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła bieżącej pracy na zajęciach projektowych i laboratoryjnych; Raport z wyników uzyskanych w laboratorium; Zespołowa prezentacja na forum grupy ostatecznie przyjętego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań technicznych w obszarze technologii oczyszczania ścieków, uwzględniając przy tym aspekty ekonomiczne i społeczne oraz zastosować podejście systemowe  w celu dobrania najkorzystniejszego rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła bieżącej pracy na zajęciach projektowych; Zespołowa prezentacja na forum grupy ostatecznie przyjętych rozwiązań; Udział w debacie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U01 , B2_U13 , B2_U14 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U01 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować specyfikację projektową systemu przygotowania wody i oczyszczania ścieków zgodnie z zadaną specyfikacją zaprojektować taki system i porównać je z innymi rozwiązaniami, wskazując jego zalety i ograniczenia oraz możliwości jego ulepszenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1186,67 +1186,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła bieżącej pracy na zajęciach projektowych; Opracowanie w zespole wstępnej koncepcji technologicznej i zaprezentowanie jej na forum grupy ; Zespołowa prezentacja na forum grupy ostatecznie przyjętych rozwiązań; Udział w debacie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U14 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>