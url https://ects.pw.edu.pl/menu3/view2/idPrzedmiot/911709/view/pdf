--- v0 (2026-01-11)
+++ v1 (2026-02-28)
@@ -910,51 +910,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, seminarium, sprawozdanie, zaliczenie zadania projektowego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W04 , B2_W06 , B2_W07 , B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1006,51 +1006,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U01 , B2_U05 , B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi dokonywać krytycznej analizy sposobu funkcjonowania i ocenić istniejące rozwiązania techniczne, w szczególności systemy, procesy i usługi oraz maszyny, urządzenia, obiekty, w odniesieniu do ich aplikacyjności w zakresie biokonwersji substratów odpadowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1060,67 +1060,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U07, B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi, zgodnie z zadaną specyfiką, zaprojektować system lub proces z zakresu biokonwersji surowców odpadowych wykorzystywany w biogospodarce, używając właściwych metod, technik oraz aparatury i armatury. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1130,67 +1130,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, seminarium, sprawozdanie, zaliczenie zadania projektowego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U06 , B2_U10 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.2, I.P7S_UK, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1420,51 +1420,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Seminarium, dyskusja, zaliczenie projektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K05 </w:t>
+        <w:t xml:space="preserve">B2_K02 , B2_K05 , B2_K01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>