--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -770,51 +770,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">pisemny egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -910,51 +910,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, seminarium, sprawozdanie, zaliczenie zadania projektowego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W04 , B2_W06 , B2_W07 , B2_W02 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1006,51 +1006,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U01 , B2_U05 , B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi dokonywać krytycznej analizy sposobu funkcjonowania i ocenić istniejące rozwiązania techniczne, w szczególności systemy, procesy i usługi oraz maszyny, urządzenia, obiekty, w odniesieniu do ich aplikacyjności w zakresie biokonwersji substratów odpadowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1060,67 +1060,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U07, B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi, zgodnie z zadaną specyfiką, zaprojektować system lub proces z zakresu biokonwersji surowców odpadowych wykorzystywany w biogospodarce, używając właściwych metod, technik oraz aparatury i armatury. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1146,51 +1146,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1420,51 +1420,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Seminarium, dyskusja, zaliczenie projektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K02 , B2_K05 , B2_K01 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>