--- v0 (2026-02-27)
+++ v1 (2026-03-24)
@@ -1064,67 +1064,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu nr 1, obrona projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować przebieg procesów chemicznych i biochemicznych (enzymatycznych) w bioreaktorach idealnych, z ciałem stałym i w kulturach mieszanych z wykorzystaniem biomasy wtórnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1204,67 +1204,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu nr 2, obrona projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U11 , B2_U08, B2_U10 </w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>