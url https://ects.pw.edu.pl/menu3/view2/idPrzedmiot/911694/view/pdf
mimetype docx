--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada poszerzoną wiedzę dotyczącą zarządzania i prowadzenia działalności gospodarczej oraz podstawowe zasady związane z budowaniem i zarządzaniem zespołem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -978,67 +978,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt na ćwiczeniach </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi czytać prasę fachową (także w języku obcym), prowadzić proces samokształcenia się oraz przygotować prezentację ustną z wybranego zagadnienia inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>