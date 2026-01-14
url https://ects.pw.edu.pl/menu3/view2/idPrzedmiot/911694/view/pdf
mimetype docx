--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -978,67 +978,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt na ćwiczeniach </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi czytać prasę fachową (także w języku obcym), prowadzić proces samokształcenia się oraz przygotować prezentację ustną z wybranego zagadnienia inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>