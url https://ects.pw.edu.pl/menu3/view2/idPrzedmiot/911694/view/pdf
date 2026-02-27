--- v2 (2026-01-14)
+++ v3 (2026-02-27)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W10 , B2_W09 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada poszerzoną wiedzę dotyczącą zarządzania i prowadzenia działalności gospodarczej oraz podstawowe zasady związane z budowaniem i zarządzaniem zespołem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>