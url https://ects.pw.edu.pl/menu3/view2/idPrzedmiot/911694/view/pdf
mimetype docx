--- v3 (2026-02-27)
+++ v4 (2026-03-24)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W09 </w:t>
+        <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada poszerzoną wiedzę dotyczącą zarządzania i prowadzenia działalności gospodarczej oraz podstawowe zasady związane z budowaniem i zarządzaniem zespołem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -994,51 +994,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi czytać prasę fachową (także w języku obcym), prowadzić proces samokształcenia się oraz przygotować prezentację ustną z wybranego zagadnienia inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>