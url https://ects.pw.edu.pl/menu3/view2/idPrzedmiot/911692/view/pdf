--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -885,67 +885,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z materiału wykładowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W09 </w:t>
+        <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -981,51 +981,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przeanalizować i ocenić w sposób krytyczny istniejące rozwiązania w usługach i produktach i wskazać sposób ich modyfikacji w kierunku zgodnym z wymogami GOZ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1255,67 +1255,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach. Wykonywanie zadań na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K06 , B2_K02 </w:t>
+        <w:t xml:space="preserve">B2_K02 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student jest gotów do wspierania inicjatyw społecznych na rzecz GOZ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>