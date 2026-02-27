--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -904,51 +904,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -974,167 +974,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W20, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę nt. składu osadów ściekowych i zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody zachodzące w reaktorach do ich unieszkodliwiania oraz kierunki ich rozwoju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę nt. składu osadów ściekowych i zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody zachodzące w reaktorach do ich unieszkodliwiania oraz kierunki ich rozwoju.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić, opisać proces oczyszczania wody metoda koagulacji i zinterpretować zmiany składu wody w zależności od dawki stosowanego reagentu i warunków prowadzenia procesu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny</w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić, opisać proces oczyszczania wody metoda koagulacji i zinterpretować zmiany składu wody w zależności od dawki stosowanego reagentu i warunków prowadzenia procesu</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić uzdatnianie wody podziemnej oraz opisać i zinterpretować zmiany składu wody w zależności od stosowanych parametrów technologicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1153,248 +1223,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić uzdatnianie wody podziemnej oraz opisać i zinterpretować zmiany składu wody w zależności od stosowanych parametrów technologicznych</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić mechaniczne oczyszczanie ścieków metodą napowietrzania i koagulacji oraz opisać i zinterpretować zmiany składu ścieków w zależności od czasu napowietrzania i dawki koagulantu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić mechaniczne oczyszczanie ścieków metodą napowietrzania i koagulacji oraz opisać i zinterpretować zmiany składu ścieków w zależności od czasu napowietrzania i dawki koagulantu </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić biologiczne oczyszczanie ścieków w komorze osadu czynnego, opisać, zinterpretować zmiany składu ścieków i wyznaczyć parametry pracy reaktora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U22, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>