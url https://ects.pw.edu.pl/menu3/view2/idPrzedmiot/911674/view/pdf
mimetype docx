--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -780,141 +780,281 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W11, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat składu ścieków komunalnych i ich wpływu na odbiornik w świetle obowiązujących przepisów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W07, IS_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat składu ścieków komunalnych i ich wpływu na odbiornik w świetle obowiązujących przepisów.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne stosowane do klarowania i odbarwiania wody, usuwania gazów, żelaza i manganu z wody oraz dezynfekcji wody, ich wpływ na zmianę stabilności wody oraz kierunki rozwoju i modernizacji technologii uzdatniania wody.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody stosowane do usuwania mechanicznych zanieczyszczeń ze ścieków oraz zachodzące w reaktorach do biologicznego oczyszczania ścieków oraz kierunki ich rozwoju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne stosowane do klarowania i odbarwiania wody, usuwania gazów, żelaza i manganu z wody oraz dezynfekcji wody, ich wpływ na zmianę stabilności wody oraz kierunki rozwoju i modernizacji technologii uzdatniania wody.</w:t>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę nt. składu osadów ściekowych i zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody zachodzące w reaktorach do ich unieszkodliwiania oraz kierunki ich rozwoju.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -925,476 +1065,336 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody stosowane do usuwania mechanicznych zanieczyszczeń ze ścieków oraz zachodzące w reaktorach do biologicznego oczyszczania ścieków oraz kierunki ich rozwoju.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić, opisać proces oczyszczania wody metoda koagulacji i zinterpretować zmiany składu wody w zależności od dawki stosowanego reagentu i warunków prowadzenia procesu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny</w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę nt. składu osadów ściekowych i zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody zachodzące w reaktorach do ich unieszkodliwiania oraz kierunki ich rozwoju.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić uzdatnianie wody podziemnej oraz opisać i zinterpretować zmiany składu wody w zależności od stosowanych parametrów technologicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny</w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić, opisać proces oczyszczania wody metoda koagulacji i zinterpretować zmiany składu wody w zależności od dawki stosowanego reagentu i warunków prowadzenia procesu</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić mechaniczne oczyszczanie ścieków metodą napowietrzania i koagulacji oraz opisać i zinterpretować zmiany składu ścieków w zależności od czasu napowietrzania i dawki koagulantu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U22, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić uzdatnianie wody podziemnej oraz opisać i zinterpretować zmiany składu wody w zależności od stosowanych parametrów technologicznych</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić biologiczne oczyszczanie ścieków w komorze osadu czynnego, opisać, zinterpretować zmiany składu ścieków i wyznaczyć parametry pracy reaktora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>