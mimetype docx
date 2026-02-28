--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -749,271 +749,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady prowadzenia działalności zakładu oraz zasady zrównoważonego rozwoju oraz potrafi samodzielnie rozwiązywać zadania o charakterze praktycznym, w zależności od profilu przedsiębiorstwa, w którym odbywa praktykę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W14, IS_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK, III.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze reprezentowanej specjalności, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W16, IS_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady prowadzenia działalności zakładu oraz zasady zrównoważonego rozwoju oraz potrafi samodzielnie rozwiązywać zadania o charakterze praktycznym, w zależności od profilu przedsiębiorstwa, w którym odbywa praktykę.</w:t>
+        <w:t xml:space="preserve">Zapoznał się metodami rozwiązywania zagadnień o charakterze inżynierskim, z zastosowaniem wiedzy teoretycznej oraz technik i technologii wspomagających realizację zadań. Potrafi przeprowadzić i przedstawić ocenę techniczną lub technologiczną lub funkcjonalną urządzeń stosowanych instalacji, w zależności od miejsca odbywania praktyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK, III.P6S_WK</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi w sposób innowacyjny wykonywać zadania inżynierskie poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także potrafi wykonywać zadania poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>