--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -749,191 +749,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady prowadzenia działalności zakładu oraz zasady zrównoważonego rozwoju oraz potrafi samodzielnie rozwiązywać zadania o charakterze praktycznym, w zależności od profilu przedsiębiorstwa, w którym odbywa praktykę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W14, IS_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK, III.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze reprezentowanej specjalności, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W18, IS_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>