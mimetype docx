--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -993,51 +993,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować, realizować i eksploatować elementy systemu zaopatrzenia w wodę i odprowadzania ścieków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1213,51 +1213,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowiedzialności za podejmowane decyzje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>