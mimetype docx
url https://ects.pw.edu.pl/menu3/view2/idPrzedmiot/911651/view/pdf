--- v1 (2026-02-28)
+++ v2 (2026-03-23)
@@ -993,51 +993,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować, realizować i eksploatować elementy systemu zaopatrzenia w wodę i odprowadzania ścieków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>