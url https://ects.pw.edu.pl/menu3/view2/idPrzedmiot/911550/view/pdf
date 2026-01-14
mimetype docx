--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -953,67 +953,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U14, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U06, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka u02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotowywać wymagane dokumenty planistyczne i raporty o oddziaływaniu na środowisko przedsięwzięć w zakresie gospodarki komunalnej oraz inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1243,67 +1243,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K05</w:t>
+        <w:t xml:space="preserve">IS_K05, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialnego pełnienia ról zawodowych z uwzględnieniem zmieniających się potrzeb społecznych, w tym rozwijania dorobku zawodowego oraz przestrzegania i rozwijania zasad etyki zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>