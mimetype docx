--- v2 (2026-01-14)
+++ v3 (2026-03-01)
@@ -889,51 +889,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka u01: </w:t>
       </w:r>
     </w:p>
@@ -953,51 +953,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U14, IS_U06, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U08, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1093,51 +1093,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U05, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1243,67 +1243,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K05, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialnego pełnienia ról zawodowych z uwzględnieniem zmieniających się potrzeb społecznych, w tym rozwijania dorobku zawodowego oraz przestrzegania i rozwijania zasad etyki zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>