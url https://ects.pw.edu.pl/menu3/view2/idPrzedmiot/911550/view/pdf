--- v3 (2026-03-01)
+++ v4 (2026-03-24)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W12, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W18, IS_W07, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie technologii, technik oraz metod stosowanych w inżynierii terenów zurbanizowanych, w zależności od profilu przedsiębiorstwa, w którym odbywana jest praktyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -889,51 +889,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka u01: </w:t>
       </w:r>
     </w:p>
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15, IS_U20</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka u03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk – w języku polskim i języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1093,51 +1093,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U05, IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>