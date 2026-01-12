--- v0 (2025-10-13)
+++ v1 (2026-01-12)
@@ -895,67 +895,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie zaliczeniowe realizowane w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U20, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi formułować opinie/analizy (indywidualne oraz grupowe) z zakresie możliwości wprowadzania rozwiązania w obszarze GOZ.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -981,51 +981,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U12, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>