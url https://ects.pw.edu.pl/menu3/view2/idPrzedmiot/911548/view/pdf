--- v1 (2026-01-12)
+++ v2 (2026-03-24)
@@ -745,287 +745,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z materiału wykładowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W17, IS_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna znaczenie wprowadzania zasad GOZ do współczesnej ekonomii, w szczególności w kontekście ograniczania negatywnych skutków społecznych działalności gospodarczej i efektywnego wykorzystania dostępnych (ale ograniczonych) zasobów.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z materiału wykładowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W14, IS_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna znaczenie wprowadzania zasad GOZ do współczesnej ekonomii, w szczególności w kontekście ograniczania negatywnych skutków społecznych działalności gospodarczej i efektywnego wykorzystania dostępnych (ale ograniczonych) zasobów.	</w:t>
+        <w:t xml:space="preserve">Student potrafi wybrać narzędzia i metody, które mogą być wykorzystane w ocenie cyrkularności produktów i usług w obszarze inżynierii terenów zurbanizowanych.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium pisemne z materiału wykładowego.</w:t>
+        <w:t xml:space="preserve">Zadanie zaliczeniowe realizowane w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W17</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK, III.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wybrać narzędzia i metody, które mogą być wykorzystane w ocenie cyrkularności produktów i usług w obszarze inżynierii terenów zurbanizowanych.	</w:t>
+        <w:t xml:space="preserve">Student potrafi formułować opinie/analizy (indywidualne oraz grupowe) z zakresie możliwości wprowadzania rozwiązania w obszarze GOZ.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zadanie zaliczeniowe realizowane w trakcie ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Wykonywanie zadań zaliczeniowych na ćwiczeniach. Aktywność na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U14, IS_U20</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>