--- v0 (2026-01-14)
+++ v1 (2026-01-15)
@@ -786,67 +786,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, laboratorium 30%, projekt 20%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W05, IS_W06, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05, U06, U08, U10: </w:t>
       </w:r>
     </w:p>
@@ -870,67 +870,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, laboratorium 30%, projekt 20%
                                                                                                                                                                                                              </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U08, IS_U10</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U08, IS_U10, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01, K04: </w:t>
       </w:r>
     </w:p>