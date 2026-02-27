--- v1 (2026-01-15)
+++ v2 (2026-02-27)
@@ -870,51 +870,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, laboratorium 30%, projekt 20%
                                                                                                                                                                                                              </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U08, IS_U10, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U10, IS_U05, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>