--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -870,67 +870,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, laboratorium 30%, projekt 20%
                                                                                                                                                                                                              </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U10, IS_U05, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U08, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01, K04: </w:t>
       </w:r>
     </w:p>
@@ -951,51 +951,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin 50%, laboratorium 30%, projekt 20%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>