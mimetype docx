--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -783,67 +783,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W01, IS_W05, IS_W06, IS_W07, IS_W12, IS_W13, IS_W17</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W12, IS_W13, IS_W17, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Posiada podstawy wiedzy w zakresie metod i sposobów ochrony przed powodzią oraz ochrony stanu jakościowego wód
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -862,67 +862,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W08, IS_W12, IS_W13, IS_W17, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W08, IS_W12, IS_W13, IS_W17, IS_W01, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">03 - Posiada wiedzę dotyczącą obiektów hydrotechnicznych
 wykorzystywanych w gospodarowaniu wodami w Polsce (oczyszczalnie
 ścieków, kanały, zbiorniki retencyjne, wały przeciwpowodziowe, poldery) w
 zakresie ich podstawowych funkcji dla gospodarki oraz wpływu na środowisko przyrodnicze
 </w:t>
       </w:r>
@@ -944,67 +944,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W13, IS_W17, IS_W01, IS_W05, IS_W06, IS_W07, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W01, IS_W05, IS_W06, IS_W07, IS_W12, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">04 - Posiada wiedzę w zakresie metod pomiarowych podstawowych
 elementów hydrologicznych (</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1022,67 +1022,67 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W12, IS_W13, IS_W17, IS_W01, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W12, IS_W13, IS_W17, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1112,67 +1112,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U01, IS_U08, IS_U02, IS_U11, IS_U15, IS_U17, IS_U18, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15, IS_U17, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"02 - Potrafi wykorzystywać arkusz kalkulacyjny do tworzenia własnych
 modeli i prowadzenia analiz symulacyjnych związanych z funkcjonowaniem
 obiektów hydrotechnicznych oraz ich wpływu na stopień realizacji zadań
 (zaopatrzenie w wodę użytkowników, redukcja fali powodziowej)"
 </w:t>
       </w:r>
@@ -1194,67 +1194,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U17, IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U11, IS_U15, IS_U17, IS_U21, IS_U01, IS_U02, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"03 - Potrafi przygotować raport (sprawozdanie) z wykonanych analiz
 symulacyjnych gospodarowania wodą z wykorzystaniem funkcji
 statystycznych i graficznych arkusza kalkulacyjnego oraz sformułować
 wnioski - Poprawne wykonanie 4 z 7 zadań obliczeniowych, obrona projektów"
 </w:t>
       </w:r>
@@ -1276,67 +1276,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U18, IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U17, IS_U18, IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U04 - Posiada umiejętność obliczania przepływów charakterystycznych
 (główne, o określonym prawdopodobieństwie występowania, o określonym
 czasie trwania, konwencjonalne)
 </w:t>
       </w:r>
     </w:p>
@@ -1357,67 +1357,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18, IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U18, IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>