--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -783,67 +783,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W12, IS_W13, IS_W17, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W13, IS_W17, IS_W01, IS_W05, IS_W06, IS_W07, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Posiada podstawy wiedzy w zakresie metod i sposobów ochrony przed powodzią oraz ochrony stanu jakościowego wód
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -862,67 +862,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W08, IS_W12, IS_W13, IS_W17, IS_W01, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W08, IS_W12, IS_W13, IS_W17, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">03 - Posiada wiedzę dotyczącą obiektów hydrotechnicznych
 wykorzystywanych w gospodarowaniu wodami w Polsce (oczyszczalnie
 ścieków, kanały, zbiorniki retencyjne, wały przeciwpowodziowe, poldery) w
 zakresie ich podstawowych funkcji dla gospodarki oraz wpływu na środowisko przyrodnicze
 </w:t>
       </w:r>
@@ -944,67 +944,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W17, IS_W01, IS_W05, IS_W06, IS_W07, IS_W12, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W07, IS_W12, IS_W13, IS_W17, IS_W01, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">04 - Posiada wiedzę w zakresie metod pomiarowych podstawowych
 elementów hydrologicznych (</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1112,67 +1112,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15, IS_U17, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U17, IS_U18, IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"02 - Potrafi wykorzystywać arkusz kalkulacyjny do tworzenia własnych
 modeli i prowadzenia analiz symulacyjnych związanych z funkcjonowaniem
 obiektów hydrotechnicznych oraz ich wpływu na stopień realizacji zadań
 (zaopatrzenie w wodę użytkowników, redukcja fali powodziowej)"
 </w:t>
       </w:r>
@@ -1194,67 +1194,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U11, IS_U15, IS_U17, IS_U21, IS_U01, IS_U02, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15, IS_U17, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"03 - Potrafi przygotować raport (sprawozdanie) z wykonanych analiz
 symulacyjnych gospodarowania wodą z wykorzystaniem funkcji
 statystycznych i graficznych arkusza kalkulacyjnego oraz sformułować
 wnioski - Poprawne wykonanie 4 z 7 zadań obliczeniowych, obrona projektów"
 </w:t>
       </w:r>
@@ -1276,67 +1276,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U17, IS_U18, IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U08, IS_U11, IS_U15, IS_U17, IS_U18, IS_U21, IS_U01, IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U04 - Posiada umiejętność obliczania przepływów charakterystycznych
 (główne, o określonym prawdopodobieństwie występowania, o określonym
 czasie trwania, konwencjonalne)
 </w:t>
       </w:r>
     </w:p>
@@ -1357,67 +1357,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U18, IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U08, IS_U11, IS_U15, IS_U17, IS_U18, IS_U21, IS_U01, IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1531,67 +1531,67 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K06</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K04, IS_K06, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">