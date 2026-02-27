--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -760,67 +760,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat składu ścieków komunalnych i ich wpływu na odbiornik w świetle obowiązujących przepisów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1040,67 +1040,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1120,277 +1120,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić uzdatnianie wody podziemnej oraz opisać i zinterpretować zmiany składu wody w zależności od stosowanych parametrów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić uzdatnianie wody podziemnej oraz opisać i zinterpretować zmiany składu wody w zależności od stosowanych parametrów technologicznych.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić mechaniczne oczyszczanie ścieków metodą napowietrzania i koagulacji oraz opisać i zinterpretować zmiany składu ścieków w zależności od czasu napowietrzania i dawki koagulantu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić mechaniczne oczyszczanie ścieków metodą napowietrzania i koagulacji oraz opisać i zinterpretować zmiany składu ścieków w zależności od czasu napowietrzania i dawki koagulantu.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić biologiczne oczyszczanie ścieków w komorze osadu czynnego, opisać, zinterpretować zmiany składu ścieków i wyznaczyć parametry pracy reaktora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U06, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>