--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -1040,51 +1040,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W20, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1120,67 +1120,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić uzdatnianie wody podziemnej oraz opisać i zinterpretować zmiany składu wody w zależności od stosowanych parametrów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1260,67 +1260,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić biologiczne oczyszczanie ścieków w komorze osadu czynnego, opisać, zinterpretować zmiany składu ścieków i wyznaczyć parametry pracy reaktora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1330,67 +1330,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U06, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>