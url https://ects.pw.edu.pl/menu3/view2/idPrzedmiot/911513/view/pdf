--- v0 (2025-10-12)
+++ v1 (2026-01-14)
@@ -1063,51 +1063,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny z wykładów. Uczestniczenie w ćwiczeniach laboratoryjnych, sporządzenie i zaliczenie sprawozdania z każdego ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U19</w:t>
+        <w:t xml:space="preserve">IS_U19, IS_U05, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1143,67 +1143,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny z wykładów. Uczestniczenie w ćwiczeniach laboratoryjnych, sporządzenie i zaliczenie sprawozdania z każdego ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość, że właściwy dobór materiałów na urządzenia ma wpływ na środowisko oraz ekonomiczna stronę projektów konstrukcji inżynierskich w ciepłownictwie, ogrzewnictwie i wentylacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>