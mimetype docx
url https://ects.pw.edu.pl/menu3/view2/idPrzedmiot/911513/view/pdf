--- v1 (2026-01-14)
+++ v2 (2026-02-28)
@@ -929,51 +929,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -993,121 +993,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny z wykładów. Uczestniczenie w ćwiczeniach laboratoryjnych, sporządzenie i zaliczenie sprawozdania z każdego ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U06, IS_U19, IS_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać materiały na urządzenia stosowane w ciepłownictwie, ogrzewnictwie i innych z uwzględnieniem ich właściwości technicznych i technologicznych oraz funkcjonalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny z wykładów. Uczestniczenie w ćwiczeniach laboratoryjnych, sporządzenie i zaliczenie sprawozdania z każdego ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U05, IS_U06, IS_U19</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">IS_U19, IS_U05, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>