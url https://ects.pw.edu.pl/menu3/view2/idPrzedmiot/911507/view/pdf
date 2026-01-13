--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -768,51 +768,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W06, IS_W11, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawy obliczeń chemicznych stosowanych w analizie ilościowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1193,67 +1193,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie wykonywania ćwiczenia
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K05, IS_K01, IS_K02, IS_K03, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03, IS_K04, IS_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie i zespołowo, rozumie konieczność systematycznej pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1264,51 +1264,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie pracy zespołowej
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1334,51 +1334,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie pracy zespołowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>