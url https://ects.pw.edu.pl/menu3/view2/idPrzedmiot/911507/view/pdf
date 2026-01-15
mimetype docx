--- v1 (2026-01-13)
+++ v2 (2026-01-15)
@@ -768,51 +768,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W06, IS_W11, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawy obliczeń chemicznych stosowanych w analizie ilościowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada umiejętności interpretacji i ilościowego opisu podstawowych zjawisk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1334,51 +1334,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie pracy zespołowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>