--- v2 (2026-01-15)
+++ v3 (2026-02-28)
@@ -752,357 +752,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia cząstkowe, sprawozdania z wykonanych analiz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W11, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W11, IS_W20, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawy obliczeń chemicznych stosowanych w analizie ilościowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe z całości materiału</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawy obliczeń chemicznych stosowanych w analizie ilościowej</w:t>
+        <w:t xml:space="preserve">rozpoznaje i definiuje wzajemne relacje zachodzące pomiędzy teoretycznymi i praktycznymi aspektami chemii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe z całości materiału</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W11, IS_W20, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozpoznaje i definiuje wzajemne relacje zachodzące pomiędzy teoretycznymi i praktycznymi aspektami chemii.</w:t>
+        <w:t xml:space="preserve">potrafi wykonywać podstawowe badania chemiczne i fizykochemiczne stosowane w analizie wód i ścieków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie wykonywania ćwiczenia, zaliczanie ćwiczenia na podstawie raportu z wykonanego ćwiczenia i uzyskanego wyniku analizy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U16, IS_U17, IS_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi ocenić przydatność wiedzy chemicznej do rozwiązywania prostych zadań inżynierskich typowych dla inżynierii środowiska</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W11, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada umiejętności interpretacji i ilościowego opisu podstawowych zjawisk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>