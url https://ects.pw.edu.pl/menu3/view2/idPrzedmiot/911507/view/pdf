--- v3 (2026-02-28)
+++ v4 (2026-03-24)
@@ -752,51 +752,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia cząstkowe, sprawozdania z wykonanych analiz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W11, IS_W20, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W20, IS_W05, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -892,51 +892,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W11, IS_W20, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W20, IS_W05, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>