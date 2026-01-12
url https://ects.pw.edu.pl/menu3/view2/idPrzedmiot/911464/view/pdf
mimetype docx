--- v0 (2025-10-10)
+++ v1 (2026-01-12)
@@ -905,51 +905,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U15, IS_U17, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić możliwość zastosowania metod biologicznych w inżynierii środowiska oraz dokonać krytycznej analizy sposobu funkcjonowania istniejących rozwiązań biotechnologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1115,51 +1115,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>