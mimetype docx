--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -905,51 +905,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U15, IS_U17, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić możliwość zastosowania metod biologicznych w inżynierii środowiska oraz dokonać krytycznej analizy sposobu funkcjonowania istniejących rozwiązań biotechnologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -975,191 +975,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie ocenić przebieg eliminacji zanieczyszczeń na drodze biologicznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna lub pisemna odpowiedź przed zajęciami laboratoryjnymi, sprawozdania, kolokwium </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie ocenić przebieg eliminacji zanieczyszczeń na drodze biologicznej.</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować raport z wykonanych badań biotechnologicznych zawierający opis zastosowanych metod i uzyskane wyniki oraz wyciągnąć wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna lub pisemna odpowiedź przed zajęciami laboratoryjnymi, sprawozdania, kolokwium </w:t>
+        <w:t xml:space="preserve">sprawozdania z zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>