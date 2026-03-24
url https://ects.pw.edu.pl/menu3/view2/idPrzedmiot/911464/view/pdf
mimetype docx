--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie ocenić przebieg eliminacji zanieczyszczeń na drodze biologicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1045,51 +1045,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować raport z wykonanych badań biotechnologicznych zawierający opis zastosowanych metod i uzyskane wyniki oraz wyciągnąć wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>