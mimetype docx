--- v2 (2026-02-27)
+++ v3 (2026-03-23)
@@ -862,51 +862,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu możliwości korzystania z pakietów inżynierskiego oprogramowania przy doborze i eksploatacji urządzeń techno-logicznych i regulacyjnych w sieciach i instalacjach ogrzewczych, wentyla-cyjnych, klimatyzacyjnych, wodociągowych i kanalizacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1502,51 +1502,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub zaopatrzenia w wodę i odprowadzania ścieków w języku polskim i języku obcym. Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1572,51 +1572,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować, realizować i eksploatować elementy systemu ogrzewcze-go, lub klimatyzacyjnego, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>