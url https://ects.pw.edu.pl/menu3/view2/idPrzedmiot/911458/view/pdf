--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -1113,51 +1113,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1247,51 +1247,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>