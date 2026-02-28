--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -823,475 +823,475 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze inżynierii środowiska, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze inżynierii środowiska, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzać i przedstawić ocenę techniczną lub technologiczną lub funkcjonalną urządzeń stosowanych  w  ciepłownictwie lub ogrzewnictwie lub klimatyzacji lub gazownictwie, w zależności od miejsca odbywania praktyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi w sposób innowacyjny wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla inżynierii środowiska. Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U18, IS_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzać i przedstawić ocenę techniczną lub technologiczną lub funkcjonalną urządzeń stosowanych  w  ciepłownictwie lub ogrzewnictwie lub klimatyzacji lub gazownictwie, w zależności od miejsca odbywania praktyki.</w:t>
+        <w:t xml:space="preserve">Student jest gotów do myślenia i działania w sposób przedsiębiorczy, zaobserwowany i utrwalony podczas odbywania praktyki w podmiocie gospodarczym prowadzącym działalność z zakresu inżynierii środowiska - praca w zespole w czasie zadań wykonywanych podczas realizacji praktyki w przedsiębiorstwie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi w sposób innowacyjny wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
+        <w:t xml:space="preserve">Student jest gotów do krytycznej oceny odbieranych treści, a także do uznawania znaczenia wiedzy w rozwiązywaniu problemów poznawczych i praktycznych oraz zasięgania opinii ekspertów w przypadku trudności z samodzielnym rozwiązywaniem problemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">IS_K04, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>