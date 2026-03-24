--- v0 (2026-02-28)
+++ v1 (2026-03-24)
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu sposobów regulacji i sterowania w instalacji sprężonego powietrza oraz wpływu tego sterowania na redukcję kosztów eksploatacyjnych oraz minimalizacji przecieków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1198,51 +1198,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia sieci przewodów odciągów miejscowych oraz sprężonego powietrza co umożliwia modelowanie sieci na etapie projektowania, a tym samym umiejętność określenia podstawowych parametrów pracy tej instalacji. W dalszej konsekwencji potrafi dobrać typowe urządzenia stosowane do oczyszczania powietrza oraz zapewnienia właściwego przepływu w instalacjach odpylających oraz transportu pneumatycznego (wentylatory urządzenia odpylające) oraz dobór urządzeń do instalacji sprężonego powietrza (kompresory, filtry, zbiorniki buforowe, osuszacze).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1410,51 +1410,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie określić parametry wytrzymałościowe oraz właściwości poszczególnych materiałów stosowanych w instalacjach tj. ciśnienie nominalne, ciśnienie robocze, dopuszczalna temperatura pracy, wpływ pary wodnej na korozyjność stosowanych materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>