--- v0 (2026-01-14)
+++ v1 (2026-02-27)
@@ -752,51 +752,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w zależności od profilu przedsiębiorstwa, w którym odbywa praktyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -956,51 +956,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U21, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1246,67 +1246,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student jest gotów do  odpowiedzialnego pełnienia ról zawodowych z uwzględnieniem zmieniających się potrzeb społecznych, w tym: rozwijania dorobku zawodowego oraz przestrzegania i rozwijania zasad etyki zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>