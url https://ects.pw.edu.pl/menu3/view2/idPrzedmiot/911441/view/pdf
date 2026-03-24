--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -887,67 +887,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne wykładów, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W19, IS_W09, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W14, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i obliczeń projektowych absorpcyjnych (amoniakalnych i bromolitowych) urządzeń chłodniczych stosowanych w systemach klimatyzacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1027,67 +1027,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne wykładów, kolokwium z ćwiczeń projektowych, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W13, IS_W14, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_W14, IS_W19, IS_W09, IS_W12, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat budowy, działania i eksploatacji sprężarkowych pomp ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>