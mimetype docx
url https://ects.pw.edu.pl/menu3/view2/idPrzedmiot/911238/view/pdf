--- v0 (2026-01-15)
+++ v1 (2026-02-27)
@@ -961,50 +961,540 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1032,540 +1522,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U19</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>