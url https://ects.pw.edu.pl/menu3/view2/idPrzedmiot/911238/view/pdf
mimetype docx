--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -1601,50 +1601,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Bieżąca ocena postępu pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_K06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNW130_K1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi myśleć w sposób kreatywny samodzielnie proponując sposób rozwiązania postawionego zadania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Bieżąca ocena postępu pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1672,120 +1742,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Bieżąca ocena postępu pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM_K04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>