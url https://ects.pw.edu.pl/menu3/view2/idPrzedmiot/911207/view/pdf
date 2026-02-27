--- v0 (2025-12-29)
+++ v1 (2026-02-27)
@@ -792,71 +792,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę w zakresie filtracji liniowej,  filtracji nieliniowej oraz detekcji krawędzi obiektów w obrazach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian z zajęcia laboratoryjnego, sprawdzian z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę w zakresie filtracji liniowej,  filtracji nieliniowej oraz detekcji krawędzi obiektów w obrazach. </w:t>
+        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę w temacie segmentacji i operacji na obrazach binarnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z zajęcia laboratoryjnego, sprawdzian z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -875,58 +945,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę w temacie segmentacji i operacji na obrazach binarnych. </w:t>
+        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę w temacie klasyfikacji i detekcji obiektów w obrazach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z zajęcia laboratoryjnego, sprawdzian z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -945,208 +1015,208 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę w temacie klasyfikacji i detekcji obiektów w obrazach. </w:t>
+        <w:t xml:space="preserve">Student ma pogłębioną wiedzę w temacie konwolucyjnych sieci neuronowych w przetwarzaniu obrazów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z zajęcia laboratoryjnego, sprawdzian z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W12</w:t>
+        <w:t xml:space="preserve">AiR2_W11, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma pogłębioną wiedzę w temacie konwolucyjnych sieci neuronowych w przetwarzaniu obrazów.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać podstawowe operacje na obrazach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian z zajęcia laboratoryjnego, sprawdzian z wykładów</w:t>
+        <w:t xml:space="preserve">sprawdziany z zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W11, AiR2_W12</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykonać podstawowe operacje na obrazach.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać metody przetwarzania obrazu do danego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany z zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1165,58 +1235,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać metody przetwarzania obrazu do danego zadania.</w:t>
+        <w:t xml:space="preserve">Student potrafi ocenić wyniki operacji na obrazach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany z zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1235,178 +1305,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi ocenić wyniki operacji na obrazach.</w:t>
+        <w:t xml:space="preserve">Student potrafi zaimplementować metody segmentacji i klasyfikacji obrazów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany z zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaimplementować metody detekcji obiektów w obrazach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>