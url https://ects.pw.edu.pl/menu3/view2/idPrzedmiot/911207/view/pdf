--- v1 (2026-02-27)
+++ v2 (2026-03-23)
@@ -792,51 +792,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma uporządkowaną wiedzę w zakresie filtracji liniowej,  filtracji nieliniowej oraz detekcji krawędzi obiektów w obrazach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1002,51 +1002,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma pogłębioną wiedzę w temacie konwolucyjnych sieci neuronowych w przetwarzaniu obrazów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1362,51 +1362,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaimplementować metody detekcji obiektów w obrazach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>