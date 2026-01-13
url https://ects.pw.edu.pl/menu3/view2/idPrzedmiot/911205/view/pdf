--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -909,71 +909,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna zasady doboru przetworników i korekcji ich właściwości dynamicznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test sprawdzający.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna zasady doboru przetworników i korekcji ich właściwości dynamicznych.														</w:t>
+        <w:t xml:space="preserve">														Ma podstawową wiedzę na temat pomiarów charakterystyk dynamicznych przetworników.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test sprawdzający.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -992,818 +1062,748 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Ma podstawową wiedzę na temat pomiarów charakterystyk dynamicznych przetworników.														</w:t>
+        <w:t xml:space="preserve">																												Zna typowe przetworniki stosowane w robotyce.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test sprawdzający.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W02, AiR2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Ma podstawową wiedzę na temat zastosowań graficznego języka programowania LabView w tworzeniu aplikacji związanych z akwizycją danych i pomiarami.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test sprawdzający.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																												Zna typowe przetworniki stosowane w robotyce.																												</w:t>
+        <w:t xml:space="preserve">									Student potrafi oszacować pulsację graniczną sygnału.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test sprawdzający.</w:t>
+        <w:t xml:space="preserve">Przebieg pracy podczas ćwiczenia w laboratorium, pytania kontrolne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W06, AiR2_W02</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_W7: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Ma podstawową wiedzę na temat zastosowań graficznego języka programowania LabView w tworzeniu aplikacji związanych z akwizycją danych i pomiarami.																					</w:t>
+        <w:t xml:space="preserve">									Student potrafi oszacować pulsację graniczną sygnału.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test sprawdzający.</w:t>
+        <w:t xml:space="preserve">Przebieg pracy podczas ćwiczenia w laboratorium, pytania kontrolne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W06</w:t>
+        <w:t xml:space="preserve">AiR2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Student potrafi oszacować pulsację graniczną sygnału.																			</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać przetwornik i ustawić korekcję jego wielkości dynamicznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Przebieg pracy podczas ćwiczenia w laboratorium, pytania kontrolne.</w:t>
+        <w:t xml:space="preserve">Ocena pracy podczas wykonywania ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06</w:t>
+        <w:t xml:space="preserve">AiR2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać przetwornik i ustawić korekcję jego wielkości dynamicznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy podczas wykonywania ćwiczenia laboratoryjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Student potrafi oszacować pulsację graniczną sygnału.																			</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić pomiar współczynnika restytucji i czasu zderzenia w parze kinematycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Przebieg pracy podczas ćwiczenia w laboratorium, pytania kontrolne.</w:t>
+        <w:t xml:space="preserve">Obserwacja pracy w trakcie wykonywania ćwiczenia, pytania kontrolne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać przetwornik i ustawić korekcję jego wielkości dynamicznych.														</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić pomiar współczynnika restytucji i czasu zderzenia w parze kinematycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy podczas wykonywania ćwiczenia laboratoryjnego.</w:t>
+        <w:t xml:space="preserve">Obserwacja pracy w trakcie wykonywania ćwiczenia, pytania kontrolne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U09</w:t>
+        <w:t xml:space="preserve">AiR2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać przetwornik i ustawić korekcję jego wielkości dynamicznych.														</w:t>
+        <w:t xml:space="preserve">Student potrafi  zastosować metodę analizy harmonicznej do diagnostyki mechanizmów.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy podczas wykonywania ćwiczenia laboratoryjnego.</w:t>
+        <w:t xml:space="preserve">Obserwacja pracy w trakcie wykonywania ćwiczenia, pytania kontrolne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić pomiar współczynnika restytucji i czasu zderzenia w parze kinematycznej.										</w:t>
+        <w:t xml:space="preserve">							Student potrafi przeprowadzić pomiar  charakterystyk ultradźwiękowych czujników odległości zabudowanych na robocie mobilnym.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy w trakcie wykonywania ćwiczenia, pytania kontrolne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U09</w:t>
+        <w:t xml:space="preserve">AiR2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK484_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi przeprowadzić pomiar  charakterystyk ultradźwiękowych czujników odległości zabudowanych na robocie mobilnym.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>