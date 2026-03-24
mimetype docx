--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -979,621 +979,621 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Ma podstawową wiedzę na temat pomiarów charakterystyk dynamicznych przetworników.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test sprawdzający.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Ma podstawową wiedzę na temat pomiarów charakterystyk dynamicznych przetworników.														</w:t>
+        <w:t xml:space="preserve">																												Zna typowe przetworniki stosowane w robotyce.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test sprawdzający.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W02, AiR2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Ma podstawową wiedzę na temat zastosowań graficznego języka programowania LabView w tworzeniu aplikacji związanych z akwizycją danych i pomiarami.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test sprawdzający.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_W6: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																												Zna typowe przetworniki stosowane w robotyce.																												</w:t>
+        <w:t xml:space="preserve">									Student potrafi oszacować pulsację graniczną sygnału.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test sprawdzający.</w:t>
+        <w:t xml:space="preserve">Przebieg pracy podczas ćwiczenia w laboratorium, pytania kontrolne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W02, AiR2_W06</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_W7: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Ma podstawową wiedzę na temat zastosowań graficznego języka programowania LabView w tworzeniu aplikacji związanych z akwizycją danych i pomiarami.																					</w:t>
+        <w:t xml:space="preserve">									Student potrafi oszacować pulsację graniczną sygnału.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test sprawdzający.</w:t>
+        <w:t xml:space="preserve">Przebieg pracy podczas ćwiczenia w laboratorium, pytania kontrolne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W06</w:t>
+        <w:t xml:space="preserve">AiR2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Student potrafi oszacować pulsację graniczną sygnału.																			</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać przetwornik i ustawić korekcję jego wielkości dynamicznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Przebieg pracy podczas ćwiczenia w laboratorium, pytania kontrolne.</w:t>
+        <w:t xml:space="preserve">Ocena pracy podczas wykonywania ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06</w:t>
+        <w:t xml:space="preserve">AiR2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Student potrafi oszacować pulsację graniczną sygnału.																			</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać przetwornik i ustawić korekcję jego wielkości dynamicznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Przebieg pracy podczas ćwiczenia w laboratorium, pytania kontrolne.</w:t>
+        <w:t xml:space="preserve">Ocena pracy podczas wykonywania ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U09</w:t>
+        <w:t xml:space="preserve">AiR2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK484_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK484_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać przetwornik i ustawić korekcję jego wielkości dynamicznych.														</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić pomiar współczynnika restytucji i czasu zderzenia w parze kinematycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy podczas wykonywania ćwiczenia laboratoryjnego.</w:t>
+        <w:t xml:space="preserve">Obserwacja pracy w trakcie wykonywania ćwiczenia, pytania kontrolne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U09</w:t>
+        <w:t xml:space="preserve">AiR2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK484_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przeprowadzić pomiar współczynnika restytucji i czasu zderzenia w parze kinematycznej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>