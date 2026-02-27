--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -966,427 +966,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK336A_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zostaje zapoznany z możliwościami zastosowania metod mechaniki analitycznej w obszarze teorii sterowania optymalnego, analizy układów elektro-mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK336A_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK336A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zostaje zapoznany z możliwościami zastosowania metod mechaniki analitycznej w obszarze teorii sterowania optymalnego, analizy układów elektro-mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Student posiada umiejętność formułowania zagadnień wariacyjnych i wyznaczaniem ekstremali za pomocą równania Eulera-Lagrange'a.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK336A_U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK336A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada umiejętność formułowania zagadnień wariacyjnych i wyznaczaniem ekstremali za pomocą równania Eulera-Lagrange'a.						</w:t>
+        <w:t xml:space="preserve">							Student posiada umiejętność formułowania równań więzów ograniczających ruch układów nieswobodnych, opisu ruchu tych układów za pomocą współrzędnych uogólnionych, zastosowania zasad wariacyjnych mechaniki analitycznej, jako bazy generowania równań równowagi i ruchu układów nieswobodnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK336A_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK336A_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada umiejętność formułowania równań więzów ograniczających ruch układów nieswobodnych, opisu ruchu tych układów za pomocą współrzędnych uogólnionych, zastosowania zasad wariacyjnych mechaniki analitycznej, jako bazy generowania równań równowagi i ruchu układów nieswobodnych.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi wykorzystać właściwe równanie w celu stworzenia modelu matematycznego dynamiki  układów nieswobodnych, w tym: nieholonomicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK336A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi zastosować metody mechaniki analitycznej do wyznaczenia optymalnych sterowań układów o prostym modelu matematycznym, potrafi stworzyć model i przeprowadzić analizę prostych układów elektro-mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK336A_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi zastosować metody mechaniki analitycznej do wyznaczenia optymalnych sterowań układów o prostym modelu matematycznym, potrafi stworzyć model i przeprowadzić analizę prostych układów elektro-mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>