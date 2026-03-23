--- v1 (2026-02-27)
+++ v2 (2026-03-23)
@@ -966,137 +966,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK336A_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zostaje zapoznany z możliwościami zastosowania metod mechaniki analitycznej w obszarze teorii sterowania optymalnego, analizy układów elektro-mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK336A_U1: </w:t>
       </w:r>
     </w:p>