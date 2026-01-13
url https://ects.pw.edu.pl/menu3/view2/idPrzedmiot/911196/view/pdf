--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -850,51 +850,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W12, AiR2_W05</w:t>
+        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -930,51 +930,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace projektowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U01, AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U12, AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1280,51 +1280,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace projektowe, prace laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U19, AiR2_U02</w:t>
+        <w:t xml:space="preserve">AiR2_U02, AiR2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>