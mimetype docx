--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -866,51 +866,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
@@ -930,51 +930,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace projektowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12, AiR2_U01</w:t>
+        <w:t xml:space="preserve">AiR2_U01, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>