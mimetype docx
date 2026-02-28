--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -850,67 +850,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
+        <w:t xml:space="preserve">AiR2_W12, AiR2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>