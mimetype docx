--- v3 (2026-02-28)
+++ v4 (2026-03-24)
@@ -780,67 +780,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace projektowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W02, AiR2_W11</w:t>
+        <w:t xml:space="preserve">AiR2_W11, AiR2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma ugruntowaną wiedzę na temat programowania robotów i zautomatyzowanych systemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -850,67 +850,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W12, AiR2_W05</w:t>
+        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
@@ -1226,51 +1226,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U03, AiR2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi pracować w zespole i stosować zasady bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>