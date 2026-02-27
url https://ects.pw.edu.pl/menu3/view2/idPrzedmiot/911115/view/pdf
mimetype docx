--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -756,87 +756,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W05, MiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							EW2. Zna metody wizualizacji pól temperatury i prędkości							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka NS657_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka NS657_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EW2. Zna metody wizualizacji pól temperatury i prędkości							</w:t>
+        <w:t xml:space="preserve">							EW3. Rozumie ogólne zasady wykonywania pomiarów cieplnych w stanie ustalonym i nieustalonym. Zna podstawowe metody i przyrządy stosowane w badaniach wymiany ciepła							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -855,58 +925,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka NS657_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka NS657_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EW3. Rozumie ogólne zasady wykonywania pomiarów cieplnych w stanie ustalonym i nieustalonym. Zna podstawowe metody i przyrządy stosowane w badaniach wymiany ciepła							</w:t>
+        <w:t xml:space="preserve">							EW4. Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -917,530 +987,460 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka NS657_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EW4. Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu							</w:t>
+        <w:t xml:space="preserve">							EU1. Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym) 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka NS657_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EU1. Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym) 							</w:t>
+        <w:t xml:space="preserve">							EU2. Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U17</w:t>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka NS657_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka NS657_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EU2. Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła							</w:t>
+        <w:t xml:space="preserve">							EU3. Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							EU4. Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							EU5. Jest w stanie dokonać wizualizacji powierzchniowej i objętościowej podczas opływu ciała. Potrafi zinterpretować uzyskane wyniki							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka NS657_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka NS657_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EU3. Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień 							</w:t>
+        <w:t xml:space="preserve">							EU6. Posiada umiejętność, posługując się arkuszem kalkulacyjnym, przeliczenia danych uzyskanych podczas pomiarów oraz sporządzenia wykresów. Potrafi zinterpretować uzyskane wyniki							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U10</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U07</w:t>
+        <w:t xml:space="preserve">MiBM2_U07, MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>