--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -756,87 +756,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							EW2. Zna metody wizualizacji pól temperatury i prędkości							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							EW3. Rozumie ogólne zasady wykonywania pomiarów cieplnych w stanie ustalonym i nieustalonym. Zna podstawowe metody i przyrządy stosowane w badaniach wymiany ciepła							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W05, MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka NS657_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka NS657_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EW2. Zna metody wizualizacji pól temperatury i prędkości							</w:t>
+        <w:t xml:space="preserve">							EW4. Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -847,460 +987,320 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka NS657_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EW3. Rozumie ogólne zasady wykonywania pomiarów cieplnych w stanie ustalonym i nieustalonym. Zna podstawowe metody i przyrządy stosowane w badaniach wymiany ciepła							</w:t>
+        <w:t xml:space="preserve">							EU1. Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym) 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka NS657_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka NS657_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EW4. Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu							</w:t>
+        <w:t xml:space="preserve">							EU2. Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka NS657_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EU1. Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym) 							</w:t>
+        <w:t xml:space="preserve">							EU3. Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U17</w:t>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka NS657_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka NS657_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							EU2. Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła							</w:t>
+        <w:t xml:space="preserve">							EU4. Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U10</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>