--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -753,191 +753,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: 3 kolokwia, laboratorium: prosty sprawdzian, sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W09, MiBM2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK498_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada podstawowe informacje na temat obrabiarek sterowanych numerycznie, ich budowy, zasady działania kluczowych podzespołów,  rozumienia zasad programowania obróbki dla tych obrabiarek.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład: 3 kolokwia, laboratorium: prosty sprawdzian, sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W06, MiBM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK498_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK498_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada podstawowe informacje na temat obrabiarek sterowanych numerycznie, ich budowy, zasady działania kluczowych podzespołów,  rozumienia zasad programowania obróbki dla tych obrabiarek.							</w:t>
+        <w:t xml:space="preserve">							Posiada ogólne informacje na temat komputerowych systemów CAD/CAM i bardziej szczegółowe informacje odnośnie modułu wytwarzania dla wybranego systemu CAD/CAM, w tym: sposobu wykorzystania postprocesora dostępnego w module wytwarzania.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: 3 kolokwia, laboratorium: prosty sprawdzian, sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W06, MiBM2_W09</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W06, MiBM2_W04</w:t>
+        <w:t xml:space="preserve">MiBM2_W04, MiBM2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>