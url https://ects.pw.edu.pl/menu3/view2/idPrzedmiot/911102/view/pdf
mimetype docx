--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -895,411 +895,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS657_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W05, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS657_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS657_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu.													</w:t>
+        <w:t xml:space="preserve">							Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym) .																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W05, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS657_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS657_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym) .																				</w:t>
+        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U21, MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS657_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS657_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09, MiBM2_U22</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U22, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>