--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -901,377 +901,587 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W08, MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe równania opisujące zjawiska propagacji fal w liniowych ośrodkach ciągłych.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Ma podstawową wiedzę nt.  wybranych  przypadków drgań  w  sprężystych ciałach stałych, a także prostych zjawisk falowych (liniowych i nieliniowych) w cieczach i gazach.																																								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W02, MiBM2_W03, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS751_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe równania opisujące zjawiska propagacji fal w liniowych ośrodkach ciągłych.																												</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć ilościowe charakterystyki drgań w wybranych układach dyskretnych i ciągłych.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium 1, kolokwium  2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS751_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Ma podstawową wiedzę nt.  wybranych  przypadków drgań  w  sprężystych ciałach stałych, a także prostych zjawisk falowych (liniowych i nieliniowych) w cieczach i gazach.																																								</w:t>
+        <w:t xml:space="preserve">							Potrafi opisać ilościowo i jakościowo podstawowe zjawiska nieliniowe w układach drgających	.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi podać najważniejsze cechy dynamiki chaotycznych układów drgających.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W03, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS751_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć ilościowe charakterystyki drgań w wybranych układach dyskretnych i ciągłych.																				</w:t>
+        <w:t xml:space="preserve">														Potrafi sformułować i rozwiązać równania propagacji zaburzeń falowych w jednowymiarowym ośrodku sprężystym, umie omówić podstawowe właściwości rozwiązań i ich interpretację fizyczną.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1, kolokwium  2.</w:t>
+        <w:t xml:space="preserve">Kolokwium  2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U11, MiBM2_U22, MiBM2_U10</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS751_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi opisać ilościowo i jakościowo podstawowe zjawiska nieliniowe w układach drgających	.																			</w:t>
+        <w:t xml:space="preserve">							Potrafi podać i omówić podstawowe związki kinematyczne dotyczące propagacji fal liniowych w 2D i 3D.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
+        <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS751_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi podać najważniejsze cechy dynamiki chaotycznych układów drgających.																					</w:t>
+        <w:t xml:space="preserve">							Potrafi podać założenia niezbędne do sformułowania modelu matematycznego ruchu liniowych fal powierzchniowych, a także umie omówić podstawowe cechy fizyczne tych fal w powiązaniu z rozwiązaniami odpowiednich równań.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1290,302 +1500,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS751_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi sformułować i rozwiązać równania propagacji zaburzeń falowych w jednowymiarowym ośrodku sprężystym, umie omówić podstawowe właściwości rozwiązań i ich interpretację fizyczną.																												</w:t>
+        <w:t xml:space="preserve">							Umie opisać (przywołując odpowiednie przykłady fizyczne) zjawisko tworzenia się silnych nieciągłościom, a także potrafi wykorzystać odpowiednie prawa i metody w celu określenia ilościowych charakterystyk tych nieciągłości.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium  2, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U22</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U22</w:t>
+        <w:t xml:space="preserve">MiBM2_U22, MiBM2_U10, MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>