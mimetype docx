--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W08, MiBM2_W02</w:t>
+        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W03, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1041,51 +1041,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W03, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W02, MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1541,51 +1541,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U22, MiBM2_U10, MiBM2_U11</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>