--- v0 (2025-10-10)
+++ v1 (2026-02-27)
@@ -957,51 +957,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W20, LiK2_W13, LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W13, LiK2_W15, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U12, LiK2_U18</w:t>
+        <w:t xml:space="preserve">LiK2_U18, LiK2_U01, LiK2_U09, LiK2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>