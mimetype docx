--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -747,87 +747,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15, LiK2_W20, LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS520_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawy projektowania kompozytowych struktur lotniczych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W13, LiK2_W15, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS520_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS520_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy projektowania kompozytowych struktur lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Zna zasady wprowadzania obciążeń skupionych w struktury kompozytowe.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -846,58 +916,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS520_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS520_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna zasady wprowadzania obciążeń skupionych w struktury kompozytowe.							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe techniki wytwarzania lotniczych struktur kompozytowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -908,250 +978,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W13, LiK2_W15, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS520_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS520_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe techniki wytwarzania lotniczych struktur kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować klasyczna teorie laminatów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W13, LiK2_W15, LiK2_W20</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U12, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS520_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS520_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować klasyczna teorie laminatów.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować kompozytową strukturę lotniczą.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U12, LiK2_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U18, LiK2_U01, LiK2_U09, LiK2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>