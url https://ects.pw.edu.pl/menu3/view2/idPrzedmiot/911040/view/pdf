--- v0 (2025-10-13)
+++ v1 (2026-01-12)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W16, LiK2_W08, LiK2_W14, LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W08, LiK2_W14, LiK2_W15, LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1260,51 +1260,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U03, LiK2_U04, LiK2_U08, LiK2_U09, LiK2_U12, LiK2_U16, LiK2_U19</w:t>
+        <w:t xml:space="preserve">LiK2_U12, LiK2_U16, LiK2_U19, LiK2_U01, LiK2_U03, LiK2_U04, LiK2_U08, LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1340,51 +1340,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu zespołowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_K03, LiK2_K04, LiK2_K01</w:t>
+        <w:t xml:space="preserve">LiK2_K01, LiK2_K03, LiK2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>