--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W08, LiK2_W14, LiK2_W15, LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W15, LiK2_W16, LiK2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1260,51 +1260,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U12, LiK2_U16, LiK2_U19, LiK2_U01, LiK2_U03, LiK2_U04, LiK2_U08, LiK2_U09</w:t>
+        <w:t xml:space="preserve">LiK2_U19, LiK2_U01, LiK2_U03, LiK2_U04, LiK2_U08, LiK2_U09, LiK2_U12, LiK2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>