--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14, LiK2_W15, LiK2_W16, LiK2_W08</w:t>
+        <w:t xml:space="preserve">LiK2_W08, LiK2_W14, LiK2_W15, LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1260,51 +1260,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U19, LiK2_U01, LiK2_U03, LiK2_U04, LiK2_U08, LiK2_U09, LiK2_U12, LiK2_U16</w:t>
+        <w:t xml:space="preserve">LiK2_U08, LiK2_U09, LiK2_U12, LiK2_U16, LiK2_U19, LiK2_U01, LiK2_U03, LiK2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>