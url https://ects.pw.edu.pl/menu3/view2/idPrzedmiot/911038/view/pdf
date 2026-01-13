--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -816,51 +816,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W08, LiK2_W10, LiK2_W14, LiK2_W05</w:t>
+        <w:t xml:space="preserve">LiK2_W05, LiK2_W08, LiK2_W10, LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1176,51 +1176,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U15, LiK2_U17</w:t>
+        <w:t xml:space="preserve">LiK2_U17, LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>