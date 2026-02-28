--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -816,167 +816,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W05, LiK2_W08, LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS554_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student rozumie znaczenie funkcji i szczególnych właściwości sprężarek i turbin w lotniczych zespołach napędowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W05, LiK2_W08, LiK2_W10, LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS554_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS554_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student rozumie znaczenie funkcji i szczególnych właściwości sprężarek i turbin w lotniczych zespołach napędowych.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami inżynierskimi budowę i funkcjonowanie lotniczych sprężarek osiowych i promieniowych. 						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W05, LiK2_W08, LiK2_W10, LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_U02, LiK2_U04, LiK2_U10, LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS554_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS554_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami inżynierskimi budowę i funkcjonowanie lotniczych sprężarek osiowych i promieniowych. 						</w:t>
+        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami inżynierskimi budowę i funkcjonowanie lotniczych turbin osiowych i promieniowych.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -995,232 +1065,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS554_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS554_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami inżynierskimi budowę i funkcjonowanie lotniczych turbin osiowych i promieniowych.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami inżynierskimi procesy termodynamiczne i przepływowe zachodzące w sprężarkach i turbinach lotniczych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U02, LiK2_U04, LiK2_U10, LiK2_U15</w:t>
+        <w:t xml:space="preserve">LiK2_U05, LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS554_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS554_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami inżynierskimi procesy termodynamiczne i przepływowe zachodzące w sprężarkach i turbinach lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami mechaniki współpracę sprężarek i turbin w zmiennych warunkach operacyjnych silnika lotniczego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U05, LiK2_U09</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U17, LiK2_U15</w:t>
+        <w:t xml:space="preserve">LiK2_U15, LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>