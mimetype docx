--- v2 (2026-02-28)
+++ v3 (2026-03-24)
@@ -746,121 +746,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W05, LiK2_W08, LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS554_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna uwarunkowania cieplne, przepływowe i wytrzymałościowe, wynikające ze współpracy turbin i sprężarek w zmiennych warunkach operacyjnych lotniczego silnika turbinowego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W05, LiK2_W08, LiK2_W10, LiK2_W14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W14, LiK2_W05, LiK2_W08, LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>