--- v0 (2025-10-10)
+++ v1 (2026-01-11)
@@ -1397,51 +1397,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 2 - zadanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U15, LiK2_U09, LiK2_U11</w:t>
+        <w:t xml:space="preserve">LiK2_U09, LiK2_U11, LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>