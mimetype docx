--- v2 (2026-02-28)
+++ v3 (2026-03-25)
@@ -757,771 +757,771 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13, LiK2_W19, LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS652A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna sposoby wyznaczania spektrów obciążeń oraz ich ekstrapolacji.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2 oraz praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10, LiK2_W13, LiK2_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS652A_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS652A_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna sposoby wyznaczania spektrów obciążeń oraz ich ekstrapolacji.							</w:t>
+        <w:t xml:space="preserve">							Zna charakterystyki zmęczeniowe materiałów używanych w lotnictwie oraz oddziaływanie spiętrzeń naprężeń.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2 oraz praca domowa.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W13, LiK2_W19</w:t>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS652A_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS652A_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna charakterystyki zmęczeniowe materiałów używanych w lotnictwie oraz oddziaływanie spiętrzeń naprężeń.					</w:t>
+        <w:t xml:space="preserve">							Zna teorie kumulacji uszkodzeń zmęczeniowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W13, LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS652A_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS652A_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna teorie kumulacji uszkodzeń zmęczeniowych.							</w:t>
+        <w:t xml:space="preserve">							Ma wiedzę na temat metod badań nieniszczących i diagnostyki struktur lotniczych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 3.</w:t>
+        <w:t xml:space="preserve">Zadanie domowe lub prezentacja sprawozdania laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W13, LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W13, LiK2_W15, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS652A_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS652A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę na temat metod badań nieniszczących i diagnostyki struktur lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Umie okreslić zakresy obciążeń eksploatacyjnych statku powietrznego metodą obliczeniową lub doświadczalną.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zadanie domowe lub prezentacja sprawozdania laboratoryjnego.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1 - zadanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15, LiK2_W20, LiK2_W10, LiK2_W13</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U11, LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS652A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć tablice przejść oraz tablice półcykli obciążeń na podstawie zapisu sygnału obciążenia.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2 - zadanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09, LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS652A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przyrostowe spektrum obciążeń oraz wykorzystać je do utworzenia wieloblokowego spektrum obciążeń.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie domowe. Ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09, LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS652A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zdygitalizować właściwości cykliczne materiałów lub struktur opisane w postaci wykresów Haigha lub krzywych S-N.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09, LiK2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS652A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Jest w stanie wykorzystać teorię liniowej kumulacji zmęczenia w obliczeniach trwałości zmęczeniowej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2 - zadanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09, LiK2_U11, LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS652A_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS652A_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie okreslić zakresy obciążeń eksploatacyjnych statku powietrznego metodą obliczeniową lub doświadczalną.							</w:t>
+        <w:t xml:space="preserve">							Umie pracować w grupie i prezentować swoje wyniki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1 - zadanie.</w:t>
+        <w:t xml:space="preserve">Praca studenta w ramach laboratorium i ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U11, LiK2_U15</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">LiK2_K03, LiK2_K04</w:t>
+        <w:t xml:space="preserve">LiK2_K04, LiK2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>