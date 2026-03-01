--- v0 (2026-01-14)
+++ v1 (2026-03-01)
@@ -1172,50 +1172,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi formułować podstawowe problemy, przed jakimi stoi energetyka zawodowa oraz jest świadom ograniczeń, w ramach których należy prowadzić proces projektowania i eksploatacji instalacji cieplnych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1243,120 +1313,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W19</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>