--- v1 (2026-03-01)
+++ v2 (2026-03-25)
@@ -1392,50 +1392,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1533,190 +1673,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U18</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>