--- v0 (2026-01-14)
+++ v1 (2026-02-27)
@@ -887,50 +887,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1048,460 +1258,250 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+        <w:t xml:space="preserve">Potrafi myśleć w sposób kreatywny samodzielnie proponując sposób rozwiązania postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+        <w:t xml:space="preserve">Bieżąca ocena postępu pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U01</w:t>
+        <w:t xml:space="preserve">E2_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+        <w:t xml:space="preserve">Potrafi myśleć w sposób kreatywny samodzielnie proponując sposób rozwiązania postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+        <w:t xml:space="preserve">Bieżąca ocena postępu pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U02</w:t>
+        <w:t xml:space="preserve">E2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+        <w:t xml:space="preserve">Potrafi myśleć w sposób kreatywny samodzielnie proponując sposób rozwiązania postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+        <w:t xml:space="preserve">Bieżąca ocena postępu pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U03</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_K01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>