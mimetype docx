--- v1 (2026-02-27)
+++ v2 (2026-03-23)
@@ -737,771 +737,771 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada  zaawansowaną wiedzę dotyczącą zagadnień inżynierskich w zakresie energetyki odpowiednią dla danej specjalizacji.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK491_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada  zaawansowaną wiedzę dotyczącą zagadnień inżynierskich w zakresie energetyki odpowiednią dla danej specjalizacji.  </w:t>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W19</w:t>
+        <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+        <w:t xml:space="preserve">Potrafi myśleć w sposób kreatywny samodzielnie proponując sposób rozwiązania postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+        <w:t xml:space="preserve">Bieżąca ocena postępu pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U01</w:t>
+        <w:t xml:space="preserve">E2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+        <w:t xml:space="preserve">Potrafi myśleć w sposób kreatywny samodzielnie proponując sposób rozwiązania postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+        <w:t xml:space="preserve">Bieżąca ocena postępu pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U02</w:t>
+        <w:t xml:space="preserve">E2_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK491_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK491_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ulokować rozwiązywany problem w szerszym zakresie nauki na podstawie badań literatury przedmiotu. Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego. Potrafi rozwiązać proste zadanie z zakresu energetyki korzystając z pomocy opiekuna. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie z prowadzącym obronić przedstawione tezy.</w:t>
+        <w:t xml:space="preserve">Potrafi myśleć w sposób kreatywny samodzielnie proponując sposób rozwiązania postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy przejściowej.</w:t>
+        <w:t xml:space="preserve">Bieżąca ocena postępu pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U03</w:t>
-[...358 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_K06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>