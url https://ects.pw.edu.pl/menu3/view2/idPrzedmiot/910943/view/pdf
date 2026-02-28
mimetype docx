--- v0 (2026-01-15)
+++ v1 (2026-02-28)
@@ -2175,50 +2175,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować rozwiązania techniczne zmierzające do poprawy oceny energetycznej budynków i procesów technologicznych.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2484,231 +2624,161 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
-[...138 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS717_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do ogrzewania, energię końcową i pierwotną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do ogrzewania, energię końcową i pierwotną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2834,58 +2904,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U01: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do ogrzewania, energię końcową i pierwotną.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2904,58 +3184,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2974,58 +3254,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3044,58 +3324,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3114,58 +3394,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi wyznaczyć zapotrzebowanie na ciepło do przygotowania ciepłej wody użytkowej, energię końcową i pierwotną. 					</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3184,58 +3464,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3254,58 +3534,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3324,58 +3604,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3394,58 +3674,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3464,58 +3744,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć i zinterpretować wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3534,58 +3814,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć i zinterpretować wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3604,58 +3884,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć i zinterpretować wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3674,58 +3954,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć i zinterpretować wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3785,330 +4065,50 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U01</w:t>
-[...278 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
@@ -4285,191 +4285,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_K01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi odpowiednio określić priorytety służące realizacji określonego przez siebie lub innych zadania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_K04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi odpowiednio określić priorytety służące realizacji określonego przez siebie lub innych zadania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_K06</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>