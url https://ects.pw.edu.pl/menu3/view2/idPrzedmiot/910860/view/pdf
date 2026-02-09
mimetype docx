--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -1588,271 +1588,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić technologiczność konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W09</w:t>
+        <w:t xml:space="preserve">M1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić technologiczność konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>