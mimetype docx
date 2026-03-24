--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -1588,411 +1588,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić technologiczność konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W02</w:t>
+        <w:t xml:space="preserve">M1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić technologiczność konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić czy zastosowane metody wpłyną na własności wytrzymałościowe i eksploatacyjne wyrobu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić czy zastosowane metody wpłyną na własności wytrzymałościowe i eksploatacyjne wyrobu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U16</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">M1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>