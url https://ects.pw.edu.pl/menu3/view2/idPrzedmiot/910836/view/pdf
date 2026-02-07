--- v0 (2026-01-11)
+++ v1 (2026-02-07)
@@ -752,67 +752,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W06, AiR1_W08, AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W06, AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">									Student posiada podstawową wiedzę nt.  zjawisk fizycznych zachodzących w układzie krążenia oraz prostych modeli matematycznych tych zjawisk.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrola postępów podczas ćwiczeń laboratoryjnych, ocena wykonanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U08, AiR1_U09</w:t>
+        <w:t xml:space="preserve">AiR1_U08, AiR1_U09, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">			Student potrafi rozwiązać analitycznie wybrane przypadki przepływu płynu nienewtonowskiego w prostych geometriach.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>