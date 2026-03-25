--- v1 (2026-02-07)
+++ v2 (2026-03-25)
@@ -768,51 +768,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01, AiR1_W06, AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">									Student posiada podstawową wiedzę nt.  zjawisk fizycznych zachodzących w układzie krążenia oraz prostych modeli matematycznych tych zjawisk.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -988,51 +988,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U08, AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przygotować i uruchomić symulacje komputerową wybranego przepływu biologicznego, a następnie opracować graficznie i zinterpretować uzyskane wyniki.									</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrola postępów podczas ćwiczeń laboratoryjnych, ocena wykonanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U08, AiR1_U09, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U08, AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">			Student potrafi rozwiązać analitycznie wybrane przypadki przepływu płynu nienewtonowskiego w prostych geometriach.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1182,67 +1182,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego projektu komputerowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U03</w:t>
+        <w:t xml:space="preserve">AiR1_U03, AiR1_U01, AiR1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_K1: </w:t>
       </w:r>
     </w:p>