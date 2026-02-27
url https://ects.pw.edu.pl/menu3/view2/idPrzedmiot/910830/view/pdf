--- v0 (2026-01-11)
+++ v1 (2026-02-27)
@@ -901,67 +901,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian i ocena wykonywania przez studenta ćwiczeń z modelowania MES w ramach laboratorium komputerowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W03, AiR1_W01, AiR1_W04</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W04, AiR1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS737_U1: </w:t>
       </w:r>
     </w:p>
@@ -997,51 +997,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U11, AiR1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS737_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Umiejętność interpretacji wyników MES  i oceny możliwości metody w biomechanice.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>