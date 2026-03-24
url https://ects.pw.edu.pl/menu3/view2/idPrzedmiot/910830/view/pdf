--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -981,67 +981,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian na wykładzie i ocena wykonywania przez studenta zadań w ramach ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U11, AiR1_U14</w:t>
+        <w:t xml:space="preserve">AiR1_U11, AiR1_U14, AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS737_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Umiejętność interpretacji wyników MES  i oceny możliwości metody w biomechanice.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>