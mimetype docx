--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -923,67 +923,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W13, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_W18, AiR1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna potencjalne możliwości zastosowania robotów mobilnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1159,51 +1159,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09, AiR1_U15, AiR1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaprogramować robota mobilnego do wykonania zadań ruchowych z użyciem czujników pokładowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>