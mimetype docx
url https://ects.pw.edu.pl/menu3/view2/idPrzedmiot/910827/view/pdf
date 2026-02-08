--- v1 (2026-01-14)
+++ v2 (2026-02-08)
@@ -923,67 +923,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W18, AiR1_W13</w:t>
+        <w:t xml:space="preserve">AiR1_W13, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna potencjalne możliwości zastosowania robotów mobilnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1159,51 +1159,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09, AiR1_U15, AiR1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaprogramować robota mobilnego do wykonania zadań ruchowych z użyciem czujników pokładowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>