--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -1130,51 +1130,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS659_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać analizę przejścia sygnału przez system liniowy stacjonarny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>