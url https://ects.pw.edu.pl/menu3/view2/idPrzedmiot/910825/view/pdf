--- v1 (2026-01-15)
+++ v2 (2026-03-23)
@@ -1044,51 +1044,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U10, AiR1_U13</w:t>
+        <w:t xml:space="preserve">AiR1_U13, AiR1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>