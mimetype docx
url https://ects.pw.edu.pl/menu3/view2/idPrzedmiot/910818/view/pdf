--- v0 (2026-01-12)
+++ v1 (2026-02-10)
@@ -859,621 +859,621 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W11, AiR1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę z zakresu struktur układów pomiarowych stosowanych w robotyce</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W07, AiR1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę z zakresu struktur układów pomiarowych stosowanych w robotyce</w:t>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu interfejsów komunikacyjnych stosowanych w robotyce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W07, AiR1_W13</w:t>
+        <w:t xml:space="preserve">AiR1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu interfejsów komunikacyjnych stosowanych w robotyce</w:t>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu obróbki statystycznej danych pomiarowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W13</w:t>
+        <w:t xml:space="preserve">AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu ochrony układu pomiarowego przed zakłóceniami</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu obróbki statystycznej danych pomiarowych</w:t>
+        <w:t xml:space="preserve">Student potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego zagadnienia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian</w:t>
+        <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu ochrony układu pomiarowego przed zakłóceniami</w:t>
+        <w:t xml:space="preserve">Student potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian</w:t>
+        <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W11</w:t>
+        <w:t xml:space="preserve">AiR1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wskazać czujniki i strukturę układu pomiarowego właściwe dla badanego zagadnienia.</w:t>
+        <w:t xml:space="preserve">Student potrafi zaplanować i wykonać proces kalibracji czujnika pomiarowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U15</w:t>
+        <w:t xml:space="preserve">AiR1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji.</w:t>
+        <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe estymatory oraz wykreślić histogram i wykres pudełkowy na podstawie danych pomiarowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U16</w:t>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi pracować w grupie i prezentować wyniki swojej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>