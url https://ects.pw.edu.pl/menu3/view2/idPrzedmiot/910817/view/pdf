--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -783,51 +783,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W08, AiR1_W09, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę na temat wizualizacji pracy układu sterowania z wykorzystaniem panelu HMI.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -837,277 +837,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W08, AiR1_W09, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_W09, AiR1_W18, AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma rozszerzoną wiedzę na temat systemu kontrolno-pomiarowego LabVIEW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">test lub sprawozdanie zaliczające ćwiczenie laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W11, AiR1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma rozszerzoną wiedzę na temat systemu kontrolno-pomiarowego LabVIEW.</w:t>
+        <w:t xml:space="preserve">Student zna metody pozyskiwania danych pomiarowych i sposoby wykorzystania ich w układach regulacji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">test lub sprawozdanie zaliczające ćwiczenie laboratoryjne</w:t>
+        <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W11, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna metody pozyskiwania danych pomiarowych i sposoby wykorzystania ich w układach regulacji. </w:t>
+        <w:t xml:space="preserve">Student ma wiedzę na temat tworzenia zaawansowanych układów regulacji automatycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W11, AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_W11, AiR1_W13, AiR1_W15, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę na temat modelowania układów sterowania w czasie rzeczywistym.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1118,67 +1118,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W11, AiR1_W13, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_W13, AiR1_W18, AiR1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
@@ -1494,51 +1494,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U10, AiR1_U15, AiR1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobrać układ regulacji do postawionego zadania technicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1548,51 +1548,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U10, AiR1_U15, AiR1_U16</w:t>
+        <w:t xml:space="preserve">AiR1_U15, AiR1_U16, AiR1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>