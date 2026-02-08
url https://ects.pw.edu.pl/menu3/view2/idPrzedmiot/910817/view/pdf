--- v1 (2026-01-14)
+++ v2 (2026-02-08)
@@ -837,67 +837,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W09, AiR1_W18, AiR1_W08</w:t>
+        <w:t xml:space="preserve">AiR1_W08, AiR1_W09, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma rozszerzoną wiedzę na temat systemu kontrolno-pomiarowego LabVIEW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -907,51 +907,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test lub sprawozdanie zaliczające ćwiczenie laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W11, AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_W12, AiR1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1118,67 +1118,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W13, AiR1_W18, AiR1_W11</w:t>
+        <w:t xml:space="preserve">AiR1_W11, AiR1_W13, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
@@ -1214,71 +1214,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie zaprogramować proste zadania sterowania z wykorzystaniem sterownika PLC. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie zaprogramować proste zadania sterowania z wykorzystaniem sterownika PLC. </w:t>
+        <w:t xml:space="preserve">Student umie wykorzystać panel operatorski (HMI) w układach sterowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1297,302 +1367,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie wykorzystać panel operatorski (HMI) w układach sterowania.</w:t>
+        <w:t xml:space="preserve">Student umie zaprojektować, zbudować i uruchomić układ kontrolno-pomiarowy z wykorzystaniem wirtualnych przyrządów pomiarowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U09</w:t>
+        <w:t xml:space="preserve">AiR1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie zaprojektować, zbudować i uruchomić układ kontrolno-pomiarowy z wykorzystaniem wirtualnych przyrządów pomiarowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi budować własne układy regulacji ruchu na poziomie położeń, prędkości lub momentu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U14</w:t>
+        <w:t xml:space="preserve">AiR1_U10, AiR1_U15, AiR1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi budować własne układy regulacji ruchu na poziomie położeń, prędkości lub momentu.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać układ regulacji do postawionego zadania technicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U10, AiR1_U15, AiR1_U16</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U15, AiR1_U16, AiR1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>