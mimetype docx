--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -767,347 +767,347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W09, AiR1_W18, AiR1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat wizualizacji pracy układu sterowania z wykorzystaniem panelu HMI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W08, AiR1_W09, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat wizualizacji pracy układu sterowania z wykorzystaniem panelu HMI.</w:t>
+        <w:t xml:space="preserve">Student ma rozszerzoną wiedzę na temat systemu kontrolno-pomiarowego LabVIEW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">test lub sprawozdanie zaliczające ćwiczenie laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W11, AiR1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody pozyskiwania danych pomiarowych i sposoby wykorzystania ich w układach regulacji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W08, AiR1_W09, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_W11, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma rozszerzoną wiedzę na temat systemu kontrolno-pomiarowego LabVIEW.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę na temat tworzenia zaawansowanych układów regulacji automatycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">test lub sprawozdanie zaliczające ćwiczenie laboratoryjne</w:t>
+        <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W12, AiR1_W11</w:t>
+        <w:t xml:space="preserve">AiR1_W15, AiR1_W18, AiR1_W11, AiR1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę na temat modelowania układów sterowania w czasie rzeczywistym.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1214,51 +1214,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie zaprogramować proste zadania sterowania z wykorzystaniem sterownika PLC. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1478,67 +1478,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U10, AiR1_U15, AiR1_U16</w:t>
+        <w:t xml:space="preserve">AiR1_U15, AiR1_U16, AiR1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobrać układ regulacji do postawionego zadania technicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>