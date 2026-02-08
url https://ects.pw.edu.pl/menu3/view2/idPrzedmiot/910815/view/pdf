--- v0 (2026-01-11)
+++ v1 (2026-02-08)
@@ -820,87 +820,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W02, AiR1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie działanie układów cyfrowych kombinacyjnych i sekwencyjnych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01, AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie działanie układów cyfrowych kombinacyjnych i sekwencyjnych.													</w:t>
+        <w:t xml:space="preserve">Rozumie wykorzystanie mikroprocesorów w automatyce.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -911,286 +981,356 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01, AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397__U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie wykorzystanie mikroprocesorów w automatyce.											</w:t>
+        <w:t xml:space="preserve">Umie analizować układy cyfrowe sekwencyjne.																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W02</w:t>
+        <w:t xml:space="preserve">AiR1_U02, AiR1_U06, AiR1_U13, AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK397__U3: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie analizować układy cyfrowe sekwencyjne.																</w:t>
+        <w:t xml:space="preserve">Student potrafi zaprojektować i zestawić prosty układ do badania układów techniki cyfrowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U06, AiR1_U13, AiR1_U01, AiR1_U02</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U06, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zaprojektować i zestawić prosty układ do badania układów techniki cyfrowej.</w:t>
+        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U12</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U06, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1209,248 +1349,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do realizacji prostego zadania.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U06, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, III.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK397_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sterować urządzeniami wykorzystując programowalne układy typu PLC.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>