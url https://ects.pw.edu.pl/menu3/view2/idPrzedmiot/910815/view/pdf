--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -750,157 +750,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W02, AiR1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna właściwości podstawowych układów elektronicznych analogowych i cyfrowych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01, AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna właściwości podstawowych układów elektronicznych analogowych i cyfrowych.													</w:t>
+        <w:t xml:space="preserve">Rozumie działanie układów cyfrowych kombinacyjnych i sekwencyjnych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W02, AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_W3: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie działanie układów cyfrowych kombinacyjnych i sekwencyjnych.													</w:t>
+        <w:t xml:space="preserve">Rozumie wykorzystanie mikroprocesorów w automatyce.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -911,476 +981,406 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01, AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397__U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie wykorzystanie mikroprocesorów w automatyce.											</w:t>
+        <w:t xml:space="preserve">Umie analizować układy cyfrowe sekwencyjne.																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W02</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U06, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P7S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK397__U3: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie analizować układy cyfrowe sekwencyjne.																</w:t>
+        <w:t xml:space="preserve">Student potrafi zaprojektować i zestawić prosty układ do badania układów techniki cyfrowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U02, AiR1_U06, AiR1_U13, AiR1_U01</w:t>
+        <w:t xml:space="preserve">AiR1_U06, AiR1_U13, AiR1_U01, AiR1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U1: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zaprojektować i zestawić prosty układ do badania układów techniki cyfrowej.</w:t>
+        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U12</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U06, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U06, AiR1_U13</w:t>
+        <w:t xml:space="preserve">AiR1_U06, AiR1_U13, AiR1_U01, AiR1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, III.P6S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK397_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do realizacji prostego zadania.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>