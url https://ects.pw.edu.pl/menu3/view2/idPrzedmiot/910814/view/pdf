--- v0 (2026-01-11)
+++ v1 (2026-02-07)
@@ -970,67 +970,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U11, AiR1_U15, AiR1_U17, AiR1_U18, AiR1_U03, AiR1_U07</w:t>
+        <w:t xml:space="preserve">AiR1_U15, AiR1_U17, AiR1_U18, AiR1_U03, AiR1_U07, AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK369_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy w zakresie kinematyki i statyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1250,67 +1250,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U15, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U15, AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK369_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie decydować o dokładności elementów maszyn poprzez wykorzystanie analizy tolerancji, stosowanie określonych pasowań i wybór odpowiedniej chropowatości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>