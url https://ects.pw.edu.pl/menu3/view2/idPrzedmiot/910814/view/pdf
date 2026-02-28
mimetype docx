--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -970,67 +970,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U15, AiR1_U17, AiR1_U18, AiR1_U03, AiR1_U07, AiR1_U11</w:t>
+        <w:t xml:space="preserve">AiR1_U18, AiR1_U03, AiR1_U07, AiR1_U11, AiR1_U15, AiR1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK369_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy w zakresie kinematyki i statyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1250,137 +1250,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U15, AiR1_U05, AiR1_U07</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie decydować o dokładności elementów maszyn poprzez wykorzystanie analizy tolerancji, stosowanie określonych pasowań i wybór odpowiedniej chropowatości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U11, AiR1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK369_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować urządzenie, w którym przewidziano odpowiednie dostępy montażowe i obsługowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>